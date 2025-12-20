--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2a81db1acc44cc1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f8bfce5f8084f0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd0469bb8b5140cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae1fd1603b744076"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f08837c1af048b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd0469bb8b5140cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racdf5e50c4bc4635" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae1fd1603b744076" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DIVERSITAET und QUALITAET</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NPD0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...350 lines deleted...]
-          <x:t>13.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>81,321</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>81,084</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...227 lines deleted...]
-          <x:t>82,389</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,885</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>