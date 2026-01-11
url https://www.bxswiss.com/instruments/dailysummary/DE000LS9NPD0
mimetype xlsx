--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f8bfce5f8084f0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb2f65b777f045c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae1fd1603b744076"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra47592b960ea45f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racdf5e50c4bc4635" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae1fd1603b744076" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4983a916a4044a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra47592b960ea45f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DIVERSITAET und QUALITAET</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NPD0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,53 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,950</x:t>
@@ -764,31 +312,301 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,569</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>