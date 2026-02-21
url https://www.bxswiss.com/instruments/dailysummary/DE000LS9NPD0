--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb2f65b777f045c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6606d12d2ea34308" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra47592b960ea45f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2d6132f4fa14569"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4983a916a4044a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra47592b960ea45f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc16c965b8f1342f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2d6132f4fa14569" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DIVERSITAET und QUALITAET</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NPD0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,613 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>85,569</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,664</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>