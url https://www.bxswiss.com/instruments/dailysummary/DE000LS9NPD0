--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6606d12d2ea34308" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R662ab657d80e4620" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2d6132f4fa14569"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8de76e12d514c37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc16c965b8f1342f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2d6132f4fa14569" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd58e11a700124deb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8de76e12d514c37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DIVERSITAET und QUALITAET</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NPD0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,422 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...370 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,185</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -731,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,542</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>