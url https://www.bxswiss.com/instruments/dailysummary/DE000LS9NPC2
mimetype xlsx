--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9edb49a9bb794b2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbab6441bea794d55" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91df2aadce2042e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb0a350ba5584472"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bfcb5739e514318" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91df2aadce2042e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82b69d817cc34199" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb0a350ba5584472" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HistorischesWachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NPC2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...328 lines deleted...]
-          <x:t>140,345</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>140,223</x:t>
-[...290 lines deleted...]
-        <x:is>
           <x:t>140,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,168</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>