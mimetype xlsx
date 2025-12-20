--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbab6441bea794d55" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac387404d4e94c9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb0a350ba5584472"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2982a6296244fb9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82b69d817cc34199" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb0a350ba5584472" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2ef27b85ca14219" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2982a6296244fb9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HistorischesWachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NPC2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>140,168</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,720</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>