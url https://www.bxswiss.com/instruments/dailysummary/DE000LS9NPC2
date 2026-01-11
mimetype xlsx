--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac387404d4e94c9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re12bbaaa684c4eb1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2982a6296244fb9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53058a79b3394ece"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2ef27b85ca14219" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2982a6296244fb9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c145aa793a14c46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53058a79b3394ece" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HistorischesWachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NPC2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>137,849</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>137,734</x:t>
-[...485 lines deleted...]
-          <x:t>136,720</x:t>
+          <x:t>137,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,786</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>