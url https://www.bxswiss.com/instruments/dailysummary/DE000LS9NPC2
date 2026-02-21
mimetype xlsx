--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re12bbaaa684c4eb1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1224009b7054dd5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53058a79b3394ece"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0a27cfeeaac4134"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c145aa793a14c46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53058a79b3394ece" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04566e98fdc944b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0a27cfeeaac4134" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HistorischesWachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NPC2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>139,786</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,310</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>