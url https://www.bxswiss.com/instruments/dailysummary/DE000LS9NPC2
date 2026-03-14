--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1224009b7054dd5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R165d6c31e6fb48f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0a27cfeeaac4134"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72e2a04b898e4218"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04566e98fdc944b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0a27cfeeaac4134" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf255fc635c8c4c44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72e2a04b898e4218" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HistorischesWachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NPC2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,637 +149,232 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>139,270</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>137,509</x:t>
-[...516 lines deleted...]
-        <x:is>
           <x:t>139,677</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,146</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,389</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>