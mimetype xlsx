--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R299a45a1f7e64abf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2a89c2b57ea4d0e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8d44311b9134d2a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26a902980fce4783"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb238e2b6413c43ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8d44311b9134d2a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ec91f055c024fd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26a902980fce4783" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The Chosen Ones</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NP68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,185 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>156,708</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,785</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...298 lines deleted...]
-          <x:t>156,716</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,870</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,884</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,211</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>