--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2a89c2b57ea4d0e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45ca304b834747b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26a902980fce4783"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1c6f67ecc79428b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ec91f055c024fd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26a902980fce4783" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4533d83026854901" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1c6f67ecc79428b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The Chosen Ones</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NP68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,571</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>156,835</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>156,724</x:t>
+          <x:t>157,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,884</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>155,211</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,374</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>