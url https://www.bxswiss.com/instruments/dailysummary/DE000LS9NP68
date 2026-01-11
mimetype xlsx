--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45ca304b834747b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fd89209f0c443bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1c6f67ecc79428b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6f1fe7186f1484a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4533d83026854901" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1c6f67ecc79428b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c5142a4303b4806" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6f1fe7186f1484a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The Chosen Ones</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NP68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,546 +149,141 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...112 lines deleted...]
-          <x:t>156,387</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>156,378</x:t>
-[...371 lines deleted...]
-        <x:is>
           <x:t>157,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,989</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,139</x:t>
         </x:is>
       </x:c>
@@ -744,50 +339,293 @@
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,273</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,374</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>