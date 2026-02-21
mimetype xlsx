--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fd89209f0c443bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b24a94bbfb244bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6f1fe7186f1484a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82b2354752894555"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c5142a4303b4806" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6f1fe7186f1484a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fa13078e1d1450f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82b2354752894555" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The Chosen Ones</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NP68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,186 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>156,374</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>