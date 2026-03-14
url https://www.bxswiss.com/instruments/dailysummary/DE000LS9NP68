--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b24a94bbfb244bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb58faeec0c8c47e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82b2354752894555"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red036d29cd874239"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fa13078e1d1450f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82b2354752894555" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd50d07a5c973475f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red036d29cd874239" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The Chosen Ones</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NP68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,186 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...117 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>