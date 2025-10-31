--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2362427f550743c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4674b48e494e43e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4cf6e8bce5324bb6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fe6cfb097dd4bbd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d061be65a474ad0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4cf6e8bce5324bb6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0bc2405746b54c7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fe6cfb097dd4bbd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>eSports Gaming</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NNM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>434,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>439,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>434,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>439,322</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>457,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>458,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>455,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>456,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,506</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>