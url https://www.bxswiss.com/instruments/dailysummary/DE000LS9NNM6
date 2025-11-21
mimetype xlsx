--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4674b48e494e43e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ab320f409434676" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fe6cfb097dd4bbd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbd37f2436e74c0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0bc2405746b54c7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fe6cfb097dd4bbd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2c272dfdc944ff9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbd37f2436e74c0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>eSports Gaming</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NNM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>450,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>450,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>445,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>446,991</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>480,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>485,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>475,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>479,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,847</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>