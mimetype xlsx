--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ab320f409434676" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reaf2f629afa84187" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbd37f2436e74c0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f16cd9a188242d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2c272dfdc944ff9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbd37f2436e74c0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7bc482991c54e8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f16cd9a188242d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>eSports Gaming</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NNM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>439,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>442,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>431,068</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>438,874</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>464,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>465,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>448,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>450,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,751</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>