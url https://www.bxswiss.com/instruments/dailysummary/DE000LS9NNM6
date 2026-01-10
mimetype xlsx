--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reaf2f629afa84187" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R199e173ccb294db7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f16cd9a188242d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R464293c1f97640c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7bc482991c54e8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f16cd9a188242d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfaf54f671e07408e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R464293c1f97640c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>eSports Gaming</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NNM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>445,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>446,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>435,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>437,985</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>408,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>415,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>406,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>413,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,767</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>