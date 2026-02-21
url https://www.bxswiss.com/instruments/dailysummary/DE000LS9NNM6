--- v4 (2026-01-10)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R199e173ccb294db7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac52ce2f20dc4900" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R464293c1f97640c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46888f72441e45fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfaf54f671e07408e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R464293c1f97640c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc59e1079272a4039" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46888f72441e45fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>eSports Gaming</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NNM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>424,767</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,613</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>