--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c7700a9e7e74634" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a285810e9fb4eda" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc508bdce1d3040ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82ede50714214a3b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0febe51b068e4dd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc508bdce1d3040ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcaf717cc7cf74681" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82ede50714214a3b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investieren in Biotechnologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NNK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,429 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...377 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,719</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -657,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,202</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>