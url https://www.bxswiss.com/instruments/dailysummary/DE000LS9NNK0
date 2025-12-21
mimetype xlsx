--- v1 (2025-10-31)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a285810e9fb4eda" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9506753532b45b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82ede50714214a3b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R567fd4fc3fbd4be6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcaf717cc7cf74681" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82ede50714214a3b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19876f53c5d84e6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R567fd4fc3fbd4be6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investieren in Biotechnologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NNK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...500 lines deleted...]
-          <x:t>106,407</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,494</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>107,202</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,546</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>