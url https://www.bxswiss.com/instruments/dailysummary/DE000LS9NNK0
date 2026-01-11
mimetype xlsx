--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9506753532b45b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d520193807d48ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R567fd4fc3fbd4be6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9815322c7e7c4595"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19876f53c5d84e6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R567fd4fc3fbd4be6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9a0235500de4254" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9815322c7e7c4595" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investieren in Biotechnologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NNK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,640</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,258</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>