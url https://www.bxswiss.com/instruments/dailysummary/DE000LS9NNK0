--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d520193807d48ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4c89c02b5984002" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9815322c7e7c4595"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a815b6637e8406e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9a0235500de4254" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9815322c7e7c4595" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf418df08301544c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a815b6637e8406e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investieren in Biotechnologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NNK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>114,258</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,207</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>