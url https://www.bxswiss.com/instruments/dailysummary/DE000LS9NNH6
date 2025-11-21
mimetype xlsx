--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf39f237f137945da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc700940b9e3c4a46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34452ead764540a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra097af5abb2843d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ab8cebc979b4fcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34452ead764540a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d27aa3c9ae049c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra097af5abb2843d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ochsentrade Lifestyle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NNH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...576 lines deleted...]
-          <x:t>239,865</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,487</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>241,243</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>