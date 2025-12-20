--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc700940b9e3c4a46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f994d53230c4225" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra097af5abb2843d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1756b37abe344735"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d27aa3c9ae049c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra097af5abb2843d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e6dbd4ba2df4cc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1756b37abe344735" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ochsentrade Lifestyle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NNH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,487</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,562</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>