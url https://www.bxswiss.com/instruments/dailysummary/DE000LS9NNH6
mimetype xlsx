--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f994d53230c4225" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0b246a1e6504d88" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1756b37abe344735"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7ff0bd69d714c52"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e6dbd4ba2df4cc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1756b37abe344735" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R055e5d0fdd264ee7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7ff0bd69d714c52" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ochsentrade Lifestyle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NNH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,014</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,319</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,113</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>