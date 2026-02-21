--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0b246a1e6504d88" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6db02e65a7bb49ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7ff0bd69d714c52"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc16d89a28191402f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R055e5d0fdd264ee7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7ff0bd69d714c52" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f5cd411e95a43fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc16d89a28191402f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ochsentrade Lifestyle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NNH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>238,113</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,764</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>