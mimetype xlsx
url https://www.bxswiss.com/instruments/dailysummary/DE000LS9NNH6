--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6db02e65a7bb49ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3597f16e7f6458c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc16d89a28191402f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b851b5fd7f44db5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f5cd411e95a43fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc16d89a28191402f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8403299a4fe44fda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b851b5fd7f44db5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ochsentrade Lifestyle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NNH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...377 lines deleted...]
-          <x:t>09.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>210,710</x:t>
-[...219 lines deleted...]
-        <x:is>
           <x:t>208,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,350</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>