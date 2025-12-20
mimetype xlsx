--- v0 (2025-10-24)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00129b90e5e44b75" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc620c0c62c474c22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa97e116e4114fd0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04a369accd2e4ac7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1641994a13d94f62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa97e116e4114fd0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f158b57ec8b4f9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04a369accd2e4ac7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Digital World Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NNF0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...382 lines deleted...]
-          <x:t>233,657</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>231,959</x:t>
-[...247 lines deleted...]
-          <x:t>233,733</x:t>
+          <x:t>234,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,134</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>