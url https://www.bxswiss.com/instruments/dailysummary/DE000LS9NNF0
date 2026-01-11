--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc620c0c62c474c22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58dc61b888734736" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04a369accd2e4ac7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a094548ad814bbb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f158b57ec8b4f9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04a369accd2e4ac7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9090be18f9cf48ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a094548ad814bbb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Digital World Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NNF0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,333</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,348</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>