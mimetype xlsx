--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58dc61b888734736" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba19f5aa2bcb4d9a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a094548ad814bbb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cbbe21f1b97420d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9090be18f9cf48ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a094548ad814bbb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e4e8ade514b4bbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cbbe21f1b97420d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Digital World Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NNF0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>236,348</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,894</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>