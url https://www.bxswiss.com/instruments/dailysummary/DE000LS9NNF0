--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba19f5aa2bcb4d9a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0177635a8e334ca3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cbbe21f1b97420d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R597a51d863244047"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e4e8ade514b4bbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cbbe21f1b97420d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52695386be3e4e45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R597a51d863244047" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Digital World Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NNF0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,658</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,823</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,374</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>