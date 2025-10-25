--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76dd0cd82d724b5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14fa3891954f40cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b5d8ba54a8742ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R068dfab84ed24ed2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4297976fe334db4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b5d8ba54a8742ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5bea4e8de24340f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R068dfab84ed24ed2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalBrands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NNE3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,068</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,798</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>