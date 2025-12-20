--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14fa3891954f40cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25b92f73fa0e40da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R068dfab84ed24ed2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebe059e052784f5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5bea4e8de24340f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R068dfab84ed24ed2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03762fed93a94985" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebe059e052784f5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalBrands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NNE3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>138,576</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,506</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>139,408</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>139,187</x:t>
-[...436 lines deleted...]
-          <x:t>142,798</x:t>
+          <x:t>139,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,175</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>