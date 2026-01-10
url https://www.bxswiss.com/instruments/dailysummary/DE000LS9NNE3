--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25b92f73fa0e40da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R725678a471d84425" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebe059e052784f5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b6bf8c349ff4935"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03762fed93a94985" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebe059e052784f5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra615ed8703234724" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b6bf8c349ff4935" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalBrands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NNE3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...134 lines deleted...]
-          <x:t>25.11.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>141,104</x:t>
-[...399 lines deleted...]
-          <x:t>139,623</x:t>
+          <x:t>139,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>139,124</x:t>
-[...85 lines deleted...]
-          <x:t>140,175</x:t>
+          <x:t>140,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,487</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>