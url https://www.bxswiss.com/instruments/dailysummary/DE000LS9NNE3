--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R725678a471d84425" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ad4eb4adbd4422e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b6bf8c349ff4935"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f98dda9a69349f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra615ed8703234724" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b6bf8c349ff4935" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2571e4ad8f06477a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f98dda9a69349f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalBrands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NNE3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>140,533</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>140,518</x:t>
-[...431 lines deleted...]
-          <x:t>144,487</x:t>
+          <x:t>140,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,027</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>