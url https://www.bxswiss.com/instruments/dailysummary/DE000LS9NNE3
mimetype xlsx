--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ad4eb4adbd4422e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R412ea67966614140" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f98dda9a69349f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1af8f354da44a5b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2571e4ad8f06477a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f98dda9a69349f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b444adf75944faf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1af8f354da44a5b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalBrands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NNE3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,583 +149,205 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...90 lines deleted...]
-          <x:t>140,026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>139,865</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>140,419</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,131</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,606</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>