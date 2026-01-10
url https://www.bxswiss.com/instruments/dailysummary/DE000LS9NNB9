--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R433a3fb01d9f48eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd8d31702356408e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d7f571eb38745ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re08165f001b14bd3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9aa8433d973d451a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d7f571eb38745ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cec874e76044523" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re08165f001b14bd3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technologie und Internet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NNB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...122 lines deleted...]
-          <x:t>153,003</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,625</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>156,505</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,461</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>