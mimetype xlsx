--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd8d31702356408e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radb92e0e54264058" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re08165f001b14bd3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57be48b62b2b4bd9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cec874e76044523" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re08165f001b14bd3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rceee64106fee42f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57be48b62b2b4bd9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technologie und Internet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NNB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>158,461</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,322</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>