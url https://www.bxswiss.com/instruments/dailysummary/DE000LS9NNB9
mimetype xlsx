--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radb92e0e54264058" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62bbc0aa54c04d6a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57be48b62b2b4bd9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R215ab767dcf5477f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rceee64106fee42f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57be48b62b2b4bd9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0ebc32ba9fa43e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R215ab767dcf5477f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technologie und Internet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NNB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,966</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,718</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>