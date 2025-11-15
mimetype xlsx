--- v0 (2025-10-04)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R839d8025805b4f1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad4b52b404f4405c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24c3e1ae28a44ff0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18dae2d5e44249ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50a10a33360a4172" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24c3e1ae28a44ff0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17ab633d29bd438f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18dae2d5e44249ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Perlen und Tech Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NMZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>146,332</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,938</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>