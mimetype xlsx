--- v1 (2025-11-15)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad4b52b404f4405c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bb6ca86cc7c4ebe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18dae2d5e44249ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68d849b5aedb4d34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17ab633d29bd438f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18dae2d5e44249ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6edcb9cb35a649f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68d849b5aedb4d34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Perlen und Tech Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NMZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>138,938</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,225</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>