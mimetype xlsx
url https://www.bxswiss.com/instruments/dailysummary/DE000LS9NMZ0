--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bb6ca86cc7c4ebe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R348f4120f88f474d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68d849b5aedb4d34"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec35e237b27c431d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6edcb9cb35a649f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68d849b5aedb4d34" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c9fa02560294815" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec35e237b27c431d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Perlen und Tech Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NMZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,813</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,599</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>