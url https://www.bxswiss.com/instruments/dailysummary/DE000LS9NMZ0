--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R348f4120f88f474d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb829ab0551344ebd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec35e237b27c431d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47714be5a37c45af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c9fa02560294815" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec35e237b27c431d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2dd2dd8d71b401b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47714be5a37c45af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Perlen und Tech Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NMZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>152,599</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,599</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>