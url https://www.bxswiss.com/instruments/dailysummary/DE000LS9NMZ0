--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb829ab0551344ebd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d2cba47f3654d70" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47714be5a37c45af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d3f50bd3c064696"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2dd2dd8d71b401b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47714be5a37c45af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R230fae4fed8d4e48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d3f50bd3c064696" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Perlen und Tech Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NMZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,185</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,278</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>