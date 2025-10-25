--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb8d6d9b2db54e81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c2d4bb468d4463f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8167ff158cf4a60"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23130c3a3bc1489d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cff38dae604478e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8167ff158cf4a60" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a2b6ac2a1b04117" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23130c3a3bc1489d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Global Healthcare</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NMW7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>103,196</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,277</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...577 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,109</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,057</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>