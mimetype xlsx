--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c2d4bb468d4463f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51f1195daf0a464a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23130c3a3bc1489d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26c1c0f4874c4c8c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a2b6ac2a1b04117" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23130c3a3bc1489d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2adb46cb06094224" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26c1c0f4874c4c8c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Global Healthcare</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NMW7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>103,047</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,804</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,005</x:t>
-[...6 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>102,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,950</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>103,124</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,051</x:t>
-[...92 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>103,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,032</x:t>
-[...58 lines deleted...]
-          <x:t>102,558</x:t>
+          <x:t>103,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,707</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>102,057</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,821</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>