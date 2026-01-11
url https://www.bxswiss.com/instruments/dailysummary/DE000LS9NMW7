--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51f1195daf0a464a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc30ddc49f22a4d5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26c1c0f4874c4c8c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52a93949596b4e9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2adb46cb06094224" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26c1c0f4874c4c8c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11c0f054e99f4305" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52a93949596b4e9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Global Healthcare</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NMW7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,573 +149,168 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...112 lines deleted...]
-          <x:t>102,829</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,823</x:t>
-[...237 lines deleted...]
-          <x:t>103,652</x:t>
+          <x:t>103,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,582</x:t>
-[...150 lines deleted...]
-        <x:is>
           <x:t>103,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,188</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,194</x:t>
         </x:is>
       </x:c>
@@ -744,50 +339,293 @@
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,755</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,821</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>