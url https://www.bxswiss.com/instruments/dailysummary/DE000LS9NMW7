--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc30ddc49f22a4d5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbca051f2daaf4364" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52a93949596b4e9a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R614b2af91da54a46"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11c0f054e99f4305" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52a93949596b4e9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R571c4d3e232d4fab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R614b2af91da54a46" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Global Healthcare</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NMW7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,186 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>102,821</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>