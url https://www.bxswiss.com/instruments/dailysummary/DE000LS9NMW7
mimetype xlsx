--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbca051f2daaf4364" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0cb2ed9349145c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R614b2af91da54a46"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03246e27ef5c416a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R571c4d3e232d4fab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R614b2af91da54a46" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6839819d44e4022" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03246e27ef5c416a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Global Healthcare</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NMW7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,186 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...124 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>