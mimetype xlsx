--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a8b4f1996794992" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bc790ddbf7c492b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e8168dc4e824b14"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfd5cb21bb884bf4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62862d8bd9be4cf8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e8168dc4e824b14" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b76252764434ace" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfd5cb21bb884bf4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MF Future Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NMU1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>113,333</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,077</x:t>
-[...80 lines deleted...]
-          <x:t>113,231</x:t>
+          <x:t>113,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,332</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...170 lines deleted...]
-          <x:t>113,322</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,289</x:t>
-[...241 lines deleted...]
-        <x:is>
           <x:t>113,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,117</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>