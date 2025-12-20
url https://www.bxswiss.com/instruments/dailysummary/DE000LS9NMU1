--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bc790ddbf7c492b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R355a39ffffca43bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfd5cb21bb884bf4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66ba3c537c8f4962"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b76252764434ace" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfd5cb21bb884bf4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fb4c4b33c354167" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66ba3c537c8f4962" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MF Future Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NMU1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,576</x:t>
-[...107 lines deleted...]
-          <x:t>113,476</x:t>
+          <x:t>113,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,226</x:t>
-[...156 lines deleted...]
-          <x:t>112,769</x:t>
+          <x:t>113,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,891</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>112,117</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,793</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>