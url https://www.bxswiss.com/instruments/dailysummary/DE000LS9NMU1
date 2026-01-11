--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R355a39ffffca43bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dbe8135568145b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66ba3c537c8f4962"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R264f5d0c55264f66"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fb4c4b33c354167" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66ba3c537c8f4962" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R944517e931844694" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R264f5d0c55264f66" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MF Future Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NMU1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>112,698</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>112,516</x:t>
-[...556 lines deleted...]
-          <x:t>112,891</x:t>
+          <x:t>112,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,676</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>112,793</x:t>
+          <x:t>112,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,759</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>