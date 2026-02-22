--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dbe8135568145b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4d81d24707b4875" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R264f5d0c55264f66"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf52fd6a4fe4b4c11"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R944517e931844694" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R264f5d0c55264f66" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d7751539de94079" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf52fd6a4fe4b4c11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MF Future Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NMU1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>112,759</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,353</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>