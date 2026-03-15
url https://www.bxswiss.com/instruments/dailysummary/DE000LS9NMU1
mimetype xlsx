--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4d81d24707b4875" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b1e4a245ea04926" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf52fd6a4fe4b4c11"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc167ab8f4b434199"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d7751539de94079" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf52fd6a4fe4b4c11" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0715cb940b84f6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc167ab8f4b434199" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MF Future Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NMU1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...392 lines deleted...]
-          <x:t>109,916</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,214</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>110,353</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,091</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>