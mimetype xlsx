--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31b9d427eb884125" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R514bbfda7cbf4299" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03abeee5424b4731"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb391f0f096e3402d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd6e5d50eadf416c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03abeee5424b4731" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02b437914011452d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb391f0f096e3402d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Augmented Reality Innovators</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NMQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>398,068</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>399,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>396,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>397,934</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>410,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>410,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>405,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>408,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,978</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>