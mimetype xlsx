--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R514bbfda7cbf4299" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f8f99362b8d41f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb391f0f096e3402d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R500af3794e5744e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02b437914011452d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb391f0f096e3402d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89048b90d8ba4a6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R500af3794e5744e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Augmented Reality Innovators</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NMQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>417,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>419,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>415,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>418,222</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>433,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>434,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>425,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>425,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,747</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>