--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f8f99362b8d41f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d57967d07ae485e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R500af3794e5744e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R863c84e5ef504b84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89048b90d8ba4a6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R500af3794e5744e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18d46cb0ee654a73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R863c84e5ef504b84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Augmented Reality Innovators</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NMQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>395,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>398,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>388,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>396,187</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>416,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>418,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>408,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>408,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,671</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>