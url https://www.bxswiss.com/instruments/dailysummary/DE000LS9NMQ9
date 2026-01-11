--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d57967d07ae485e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39fb0991edc64b66" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R863c84e5ef504b84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84d0d907225845ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18d46cb0ee654a73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R863c84e5ef504b84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra16b9e6f333e463b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84d0d907225845ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Augmented Reality Innovators</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NMQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>435,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>436,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>430,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>433,983</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>402,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>409,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>401,002</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>408,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,768</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>