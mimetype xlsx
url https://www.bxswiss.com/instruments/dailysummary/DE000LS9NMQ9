--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39fb0991edc64b66" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf56985237b5a445a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84d0d907225845ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f3e0f592bd14da2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra16b9e6f333e463b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84d0d907225845ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R154123b3fe76494d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f3e0f592bd14da2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Augmented Reality Innovators</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NMQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>453,768</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,276</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>