--- v5 (2026-02-21)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf56985237b5a445a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24e38dc4dde548a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f3e0f592bd14da2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5b352b0975b486d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R154123b3fe76494d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f3e0f592bd14da2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4cda377850d43ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5b352b0975b486d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Augmented Reality Innovators</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NMQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>444,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>455,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>440,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>454,425</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>