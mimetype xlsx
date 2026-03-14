--- v6 (2026-02-21)
+++ v7 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24e38dc4dde548a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b33fd86b5464dfb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5b352b0975b486d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd910b29448d74f75"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4cda377850d43ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5b352b0975b486d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R968d21c915794295" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd910b29448d74f75" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Augmented Reality Innovators</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NMQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>430,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>430,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>419,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>424,941</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>421,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>426,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>418,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>423,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,074</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>