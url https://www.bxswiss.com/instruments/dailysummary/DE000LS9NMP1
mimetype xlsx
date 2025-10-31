--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R959ab06f8a124f3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ac4aad8f91548ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53a03b500f044d2a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra75c9c5ba9764696"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90dcf6a970f84891" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53a03b500f044d2a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58ecdd8c010e441e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra75c9c5ba9764696" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sunrise industries - KI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NMP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,543</x:t>
-[...576 lines deleted...]
-          <x:t>112,634</x:t>
+          <x:t>109,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,882</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>