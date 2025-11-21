--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ac4aad8f91548ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffaeb68406ed4f14" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra75c9c5ba9764696"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raeffac9b52794ff0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58ecdd8c010e441e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra75c9c5ba9764696" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcf7e1fdf6174266" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raeffac9b52794ff0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sunrise industries - KI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NMP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,540</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,807</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>