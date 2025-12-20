--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffaeb68406ed4f14" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb160cad356d8497f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raeffac9b52794ff0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda4caf5866224a47"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcf7e1fdf6174266" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raeffac9b52794ff0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7942bb980b874f61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda4caf5866224a47" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sunrise industries - KI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NMP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,271</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,208</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>