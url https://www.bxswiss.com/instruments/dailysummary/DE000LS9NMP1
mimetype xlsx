--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb160cad356d8497f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc99ba9c0b9fd485a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda4caf5866224a47"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R174bf677f2e64d8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7942bb980b874f61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda4caf5866224a47" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fe6cbee3af7475e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R174bf677f2e64d8f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sunrise industries - KI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NMP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,671</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,188</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>