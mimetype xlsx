--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc99ba9c0b9fd485a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f097d8630444268" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R174bf677f2e64d8f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01a0771d3a804372"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fe6cbee3af7475e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R174bf677f2e64d8f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc173733887404fba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01a0771d3a804372" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sunrise industries - KI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NMP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>98,188</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,839</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>