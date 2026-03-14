--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f097d8630444268" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R066bb912a3224b6f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01a0771d3a804372"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ce1312f1f764e90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc173733887404fba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01a0771d3a804372" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc573a60116384ebd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ce1312f1f764e90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sunrise industries - KI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NMP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,658</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,076</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>