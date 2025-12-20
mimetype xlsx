--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30bedef68899466a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bd498c96a114179" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fc063f4096b4bb7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73692cdd0f6b4661"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R244587ceb290426b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fc063f4096b4bb7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33013528e7c44db4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73692cdd0f6b4661" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value-Momentum Premium</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NMF2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...554 lines deleted...]
-          <x:t>122,006</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,819</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>125,240</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,483</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>