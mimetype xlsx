--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bd498c96a114179" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19e6ee12fdcd48f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73692cdd0f6b4661"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a776fdf611a48ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33013528e7c44db4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73692cdd0f6b4661" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56bcf77eb2404746" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a776fdf611a48ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value-Momentum Premium</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NMF2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,012</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,747</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>