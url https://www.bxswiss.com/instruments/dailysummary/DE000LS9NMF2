--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19e6ee12fdcd48f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83a691b79cb04111" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a776fdf611a48ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc629c5ecfc1a49ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56bcf77eb2404746" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a776fdf611a48ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b50d764598c484b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc629c5ecfc1a49ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value-Momentum Premium</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NMF2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>130,747</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,554</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>