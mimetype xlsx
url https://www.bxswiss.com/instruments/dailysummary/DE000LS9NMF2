--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83a691b79cb04111" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b33e769faff4b32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc629c5ecfc1a49ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa5c6e3d86b843fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b50d764598c484b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc629c5ecfc1a49ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24ad2faf23de4800" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa5c6e3d86b843fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value-Momentum Premium</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NMF2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,768</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,188</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>