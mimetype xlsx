--- v0 (2025-10-03)
+++ v1 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57853ad5641a4464" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red5221cac07e40f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebd2051c29a945d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37697bbb41ed483c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30334f13715742c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebd2051c29a945d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fe6d797a2224187" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37697bbb41ed483c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smartvesting</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NM61</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>189,811</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,491</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>