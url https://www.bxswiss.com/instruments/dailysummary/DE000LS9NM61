--- v1 (2025-11-13)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red5221cac07e40f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R995d54767c764909" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37697bbb41ed483c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3adf7c48b514e1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fe6d797a2224187" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37697bbb41ed483c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91d8f1b4b5904d49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3adf7c48b514e1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smartvesting</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NM61</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...53 lines deleted...]
-          <x:t>15.10.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>187,332</x:t>
-[...549 lines deleted...]
-          <x:t>188,491</x:t>
+          <x:t>185,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,064</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>