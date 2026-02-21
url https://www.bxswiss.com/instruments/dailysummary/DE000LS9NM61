--- v2 (2026-01-09)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R995d54767c764909" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81def9dc1eab4a8c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3adf7c48b514e1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R388f511b6aaa46e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91d8f1b4b5904d49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3adf7c48b514e1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60ad51682e954274" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R388f511b6aaa46e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smartvesting</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NM61</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>188,064</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,061</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>