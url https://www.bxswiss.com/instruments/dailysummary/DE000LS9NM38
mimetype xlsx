--- v0 (2025-10-25)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84249ac5dc8a48da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a765a131d804d7e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0560d063b98d4ce1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fad72d3aa234a12"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recfeeebdb836429b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0560d063b98d4ce1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69f54959f0e049ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fad72d3aa234a12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge nach Pivotal Points</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NM38</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...279 lines deleted...]
-          <x:t>85,275</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,193</x:t>
-[...350 lines deleted...]
-          <x:t>84,643</x:t>
+          <x:t>85,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>