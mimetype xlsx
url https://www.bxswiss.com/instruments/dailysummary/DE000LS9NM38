--- v1 (2025-11-15)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a765a131d804d7e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d3c836313944144" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fad72d3aa234a12"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9181d26a1ff344a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69f54959f0e049ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fad72d3aa234a12" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd28c79d415be4dc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9181d26a1ff344a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge nach Pivotal Points</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NM38</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...31 lines deleted...]
-          <x:t>85,138</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>84,925</x:t>
-[...598 lines deleted...]
-          <x:t>84,270</x:t>
+          <x:t>85,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,153</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>