--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d3c836313944144" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R728511176ea94236" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9181d26a1ff344a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R436b825d43984aaf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd28c79d415be4dc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9181d26a1ff344a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4515b42c580b4fb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R436b825d43984aaf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge nach Pivotal Points</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NM38</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...107 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,254</x:t>
+          <x:t>85,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,141</x:t>
-[...502 lines deleted...]
-          <x:t>85,229</x:t>
+          <x:t>84,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,153</x:t>
+          <x:t>84,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,128</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>