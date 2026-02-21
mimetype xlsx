--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R728511176ea94236" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e19aece4bf44cb0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R436b825d43984aaf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66791c0d390e4679"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4515b42c580b4fb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R436b825d43984aaf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd07c91c2f27d40ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66791c0d390e4679" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge nach Pivotal Points</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NM38</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>85,128</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,312</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>