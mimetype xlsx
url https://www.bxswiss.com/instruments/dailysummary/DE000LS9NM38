--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e19aece4bf44cb0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccf6ce58ad2742f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66791c0d390e4679"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R323c45add3964b77"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd07c91c2f27d40ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66791c0d390e4679" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbd9a026a13d49d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R323c45add3964b77" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge nach Pivotal Points</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NM38</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,206</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,359</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>