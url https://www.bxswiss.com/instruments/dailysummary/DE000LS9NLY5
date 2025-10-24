--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1752a83f020a4656" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8aff84f00a3a48cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc1d4d325c3f42c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0323a4c255464397"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b6b1e26488049fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc1d4d325c3f42c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R464a78ab4cc14df7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0323a4c255464397" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Spekulatius Maximus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NLY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>58,695</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>58,577</x:t>
-[...566 lines deleted...]
-          <x:t>59,131</x:t>
+          <x:t>58,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,432</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>