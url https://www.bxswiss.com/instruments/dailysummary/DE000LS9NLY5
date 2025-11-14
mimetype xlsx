--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8aff84f00a3a48cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a80419f2ada43c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0323a4c255464397"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3462c55cfd574c3d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R464a78ab4cc14df7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0323a4c255464397" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf58494699d9540cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3462c55cfd574c3d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Spekulatius Maximus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NLY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,937</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,792</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>