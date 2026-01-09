--- v2 (2025-11-14)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a80419f2ada43c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5d3a4f82a9b4dd6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3462c55cfd574c3d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30944f36f7c74044"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf58494699d9540cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3462c55cfd574c3d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra814dc94adf84a34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30944f36f7c74044" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Spekulatius Maximus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NLY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>59,792</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,544</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>