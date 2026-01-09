--- v3 (2026-01-09)
+++ v4 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5d3a4f82a9b4dd6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a00a1f29d254125" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30944f36f7c74044"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R499330df24114ba5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra814dc94adf84a34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30944f36f7c74044" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf663f3e446594207" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R499330df24114ba5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Spekulatius Maximus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NLY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,97 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>60,603</x:t>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,836</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>09.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>61,242</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>61,194</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,797</x:t>
         </x:is>
       </x:c>
@@ -629,31 +602,58 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,510</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>