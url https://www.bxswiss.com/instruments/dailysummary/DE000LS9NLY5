--- v4 (2026-01-09)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a00a1f29d254125" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47b16c3e36d44464" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R499330df24114ba5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd102ae7c0d10481b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf663f3e446594207" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R499330df24114ba5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdea04b0f73ae43ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd102ae7c0d10481b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Spekulatius Maximus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NLY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>62,510</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,298</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>