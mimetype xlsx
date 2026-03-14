--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47b16c3e36d44464" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb62d59a8b0ec49f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd102ae7c0d10481b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d0673aa9998428a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdea04b0f73ae43ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd102ae7c0d10481b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ff389bbec5242f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d0673aa9998428a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Spekulatius Maximus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NLY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,002</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,575</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>