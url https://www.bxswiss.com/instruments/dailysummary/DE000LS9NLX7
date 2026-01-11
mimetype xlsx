--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3012880f5b34fa8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2ef1924b41c4d21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cf0a3135a994544"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd40adbaf17d4c68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3405139e8a044ffc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cf0a3135a994544" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda3fbfd5d6eb4810" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd40adbaf17d4c68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Koffein</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NLX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>109,234</x:t>
-[...296 lines deleted...]
-          <x:t>108,489</x:t>
+          <x:t>108,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,373</x:t>
-[...215 lines deleted...]
-          <x:t>107,830</x:t>
+          <x:t>107,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,448</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>