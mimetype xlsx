--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2ef1924b41c4d21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4375b7138bc44714" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd40adbaf17d4c68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82c955d0c7ac4c08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda3fbfd5d6eb4810" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd40adbaf17d4c68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa25b6ef0d274214" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82c955d0c7ac4c08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Koffein</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NLX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>108,448</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,134</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>