--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4375b7138bc44714" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17d73077399249ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82c955d0c7ac4c08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90e2cd339b7a43ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa25b6ef0d274214" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82c955d0c7ac4c08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b3d4a34cd094990" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90e2cd339b7a43ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Koffein</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NLX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,000</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,920</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>