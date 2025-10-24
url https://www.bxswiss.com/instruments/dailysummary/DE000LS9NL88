--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49fd112d198a4305" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86a2b397f1694d5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc977517fd3946b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R715fd00d94a44dcf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd66c4553bd94627" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc977517fd3946b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3799bd51805743ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R715fd00d94a44dcf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Youngsters</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NL88</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,108</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,688</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>