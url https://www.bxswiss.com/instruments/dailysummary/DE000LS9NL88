--- v1 (2025-10-24)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86a2b397f1694d5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6120efb844bd4489" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R715fd00d94a44dcf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8ab310c923e462a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3799bd51805743ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R715fd00d94a44dcf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cdfdb4f54634219" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8ab310c923e462a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Youngsters</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NL88</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>270,688</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,482</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>