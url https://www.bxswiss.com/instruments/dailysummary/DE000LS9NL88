--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6120efb844bd4489" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a2681211a424ebd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8ab310c923e462a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2ad9d3569ec4340"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cdfdb4f54634219" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8ab310c923e462a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19a4568d89514eb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2ad9d3569ec4340" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Youngsters</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NL88</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>275,482</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,377</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>