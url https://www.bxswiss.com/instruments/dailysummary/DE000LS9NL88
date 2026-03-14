--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a2681211a424ebd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra631d4ea43354a8f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2ad9d3569ec4340"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb255f470bf664032"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19a4568d89514eb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2ad9d3569ec4340" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b7f560495d84b95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb255f470bf664032" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Youngsters</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NL88</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,846</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,664</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>