--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf71aff6503294be6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d59efe4a0eb4a95" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2861629f480f4699"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra566b5eccbc944b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R931cf0465436472e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2861629f480f4699" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R225e06ba6733488a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra566b5eccbc944b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ochsen Trade</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NL62</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,209</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,789</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>