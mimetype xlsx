--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d59efe4a0eb4a95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R587e10b8f49044e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra566b5eccbc944b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda61bc3bc55d430a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R225e06ba6733488a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra566b5eccbc944b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf1411355d324456" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda61bc3bc55d430a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ochsen Trade</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NL62</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,130</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,062</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,654</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>