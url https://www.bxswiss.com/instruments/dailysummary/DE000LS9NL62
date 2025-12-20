--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R587e10b8f49044e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ced1c6c244b415b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda61bc3bc55d430a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb03bf42a608849a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf1411355d324456" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda61bc3bc55d430a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fbb0077c4df42b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb03bf42a608849a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ochsen Trade</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NL62</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>249,654</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>