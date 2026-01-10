--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ced1c6c244b415b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc959fb3ffae4b5e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb03bf42a608849a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb847d7bb4e64010"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fbb0077c4df42b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb03bf42a608849a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra75f4d8d5e2c4ca9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb847d7bb4e64010" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ochsen Trade</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NL62</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,165</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,966</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>