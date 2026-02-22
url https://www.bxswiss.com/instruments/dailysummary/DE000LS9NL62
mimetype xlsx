--- v4 (2026-01-10)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc959fb3ffae4b5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R978a35dc69f044c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb847d7bb4e64010"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb929398ec02441b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra75f4d8d5e2c4ca9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb847d7bb4e64010" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd55597c8ef934e02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb929398ec02441b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ochsen Trade</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NL62</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>258,966</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,311</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>