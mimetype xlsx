--- v5 (2026-02-22)
+++ v6 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R978a35dc69f044c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94a53ca0e48144fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb929398ec02441b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3904240f597d4ebd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd55597c8ef934e02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb929398ec02441b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb9f9e2e324a4b82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3904240f597d4ebd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ochsen Trade</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NL62</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,232</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,684</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>