--- v0 (2025-10-04)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00c8e82cc95c4373" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82d6168d8ad04efb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff5a5bce21174e41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d8f19326c7142b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5be76c0a306470f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff5a5bce21174e41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R472ed4fea9064e92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d8f19326c7142b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental Technische Analyse</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NL21</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>179,715</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,202</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>