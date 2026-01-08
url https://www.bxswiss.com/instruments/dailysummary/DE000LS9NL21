--- v1 (2025-11-15)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82d6168d8ad04efb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63e636c7f4754c8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d8f19326c7142b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac34bf3c699a47c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R472ed4fea9064e92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d8f19326c7142b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree936dbe5eb64551" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac34bf3c699a47c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental Technische Analyse</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NL21</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>170,202</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,806</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>