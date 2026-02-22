--- v2 (2026-01-08)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63e636c7f4754c8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb7111fafdd54c00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac34bf3c699a47c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58494aba8e8f4511"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree936dbe5eb64551" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac34bf3c699a47c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46fa61e037bc44d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58494aba8e8f4511" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental Technische Analyse</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NL21</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>167,806</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,702</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>