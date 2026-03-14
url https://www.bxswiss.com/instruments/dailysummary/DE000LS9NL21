--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb7111fafdd54c00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb1863da0983420f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58494aba8e8f4511"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb12caea800834d1f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46fa61e037bc44d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58494aba8e8f4511" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93c925fcedce4d55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb12caea800834d1f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental Technische Analyse</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NL21</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,761</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,491</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>