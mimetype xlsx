--- v0 (2025-10-25)
+++ v1 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc07586a8c48840ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R274752231afe4484" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72d3c2b5e0c045aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74698127a8024d84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea58d4addc40420d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72d3c2b5e0c045aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83e1f04e891d492c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74698127a8024d84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stocks World nach Obermatt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NKR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>158,851</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,635</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>