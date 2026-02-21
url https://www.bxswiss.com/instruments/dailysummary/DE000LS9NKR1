--- v1 (2026-01-07)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R274752231afe4484" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R862e8ffc2e6844bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74698127a8024d84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5378145fc2b44192"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83e1f04e891d492c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74698127a8024d84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14804f52718344e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5378145fc2b44192" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stocks World nach Obermatt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NKR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...419 lines deleted...]
-          <x:t>168,858</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,907</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>07.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,610</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...11 lines deleted...]
-          <x:t>170,635</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>