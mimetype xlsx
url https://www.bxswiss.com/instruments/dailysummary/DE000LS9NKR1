--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R862e8ffc2e6844bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R976fb7cdd335460f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5378145fc2b44192"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c565b620c6744ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14804f52718344e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5378145fc2b44192" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e9304d26d254349" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c565b620c6744ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stocks World nach Obermatt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NKR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,586 +149,181 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...107 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,252</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...418 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,473</x:t>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,402</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>