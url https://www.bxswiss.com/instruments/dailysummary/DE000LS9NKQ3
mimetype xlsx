--- v0 (2025-11-15)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd43d46ffef1d4bf0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c1728da9e7a491c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R530a0280a4944914"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R869eeca0d6a24b8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e24adb459d44a57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R530a0280a4944914" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R491b57553aa24128" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R869eeca0d6a24b8f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality Value Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NKQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>264,684</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,386</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>