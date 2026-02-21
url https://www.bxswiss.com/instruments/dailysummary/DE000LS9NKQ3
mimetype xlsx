--- v1 (2025-12-20)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c1728da9e7a491c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0906693cfb674394" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R869eeca0d6a24b8f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1900c7d5b30a4b07"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R491b57553aa24128" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R869eeca0d6a24b8f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6139db1b283d4b58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1900c7d5b30a4b07" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality Value Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NKQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...257 lines deleted...]
-          <x:t>285,224</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287,469</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>293,386</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,527</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>