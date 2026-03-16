--- v2 (2026-02-21)
+++ v3 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0906693cfb674394" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfaedee4d31fe4f80" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1900c7d5b30a4b07"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd595352cff1e4c9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6139db1b283d4b58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1900c7d5b30a4b07" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e2ae7a6c87a482f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd595352cff1e4c9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality Value Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NKQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>294,667</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>294,908</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...573 lines deleted...]
-          <x:t>295,527</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,191</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>