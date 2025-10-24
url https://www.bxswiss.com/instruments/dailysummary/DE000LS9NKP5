--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R467da96c85e5467b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3633f92a816e421a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07cdcc2b5cb149f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bf8971bbed84b7b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c35f41e26004f88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07cdcc2b5cb149f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R162a6911608846a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bf8971bbed84b7b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Forum WiFi Editors Choice</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NKP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,876</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,485</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>