--- v1 (2025-10-24)
+++ v2 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3633f92a816e421a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20523defc7df47d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bf8971bbed84b7b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83ff66f6cd3f4ef0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R162a6911608846a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bf8971bbed84b7b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3074828c6bb04f11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83ff66f6cd3f4ef0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Forum WiFi Editors Choice</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NKP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,626 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>192,857</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,329</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...425 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,477</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,293</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>