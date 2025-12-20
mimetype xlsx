--- v2 (2025-11-13)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20523defc7df47d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf857e5e816224c23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83ff66f6cd3f4ef0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1746e3d05d94ffc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3074828c6bb04f11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83ff66f6cd3f4ef0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3caa74e005e4b96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1746e3d05d94ffc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Forum WiFi Editors Choice</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NKP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,626 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...102 lines deleted...]
-          <x:t>188,693</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,372</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>200,293</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,118</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>