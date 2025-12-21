--- v3 (2025-12-20)
+++ v4 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf857e5e816224c23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a1df365e01042f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1746e3d05d94ffc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R979d5fe901e74e54"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3caa74e005e4b96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1746e3d05d94ffc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b16d7b9d10742f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R979d5fe901e74e54" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Forum WiFi Editors Choice</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NKP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,538</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,923</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>