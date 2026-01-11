--- v4 (2025-12-21)
+++ v5 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a1df365e01042f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R904b2e34a9344037" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R979d5fe901e74e54"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R368b26f37de04b57"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b16d7b9d10742f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R979d5fe901e74e54" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74676a339d774fc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R368b26f37de04b57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Forum WiFi Editors Choice</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NKP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,625</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,546</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>