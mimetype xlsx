--- v5 (2026-01-11)
+++ v6 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R904b2e34a9344037" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7011f8ef077f463c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R368b26f37de04b57"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66d11b7dcffe4a03"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74676a339d774fc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R368b26f37de04b57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5ccca2c69fe4e1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66d11b7dcffe4a03" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Forum WiFi Editors Choice</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NKP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>204,546</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,302</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>