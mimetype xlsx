--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re22533184830459c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb370f1c821844804" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd825c42cdea94852"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63a37a5d42bf4972"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdaf6ff422ded4aa3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd825c42cdea94852" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90efad62141f4ac6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63a37a5d42bf4972" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PU investment solutions - VALUE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NKM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>323,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>321,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>321,977</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>331,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>325,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>325,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,585</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>