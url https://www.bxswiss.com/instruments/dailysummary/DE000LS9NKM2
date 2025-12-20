--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb370f1c821844804" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R900a3e44240e4e69" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63a37a5d42bf4972"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbeac574208448b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90efad62141f4ac6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63a37a5d42bf4972" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redf49262c0984a78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbeac574208448b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PU investment solutions - VALUE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NKM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...598 lines deleted...]
-          <x:t>318,971</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>320,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>316,596</x:t>
-[...31 lines deleted...]
-          <x:t>324,585</x:t>
+          <x:t>325,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,716</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>