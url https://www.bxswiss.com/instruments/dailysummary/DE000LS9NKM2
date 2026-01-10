--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R900a3e44240e4e69" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3822bc5811b4630" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbeac574208448b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb26d5a59c804619"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redf49262c0984a78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbeac574208448b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b9800f8faea4bbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb26d5a59c804619" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PU investment solutions - VALUE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NKM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>338,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>340,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>337,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>340,282</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>340,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>340,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>338,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>340,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,172</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>