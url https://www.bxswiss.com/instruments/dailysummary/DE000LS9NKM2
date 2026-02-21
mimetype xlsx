--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3822bc5811b4630" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R342b8690e203427b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb26d5a59c804619"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9af498e9a083412f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b9800f8faea4bbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb26d5a59c804619" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2a3aa6d587f4ecc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9af498e9a083412f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PU investment solutions - VALUE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NKM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>347,172</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,416</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>