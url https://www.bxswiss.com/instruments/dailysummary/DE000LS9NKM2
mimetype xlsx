--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R342b8690e203427b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1529ad1966824d4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9af498e9a083412f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23c65a050ae04fd1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2a3aa6d587f4ecc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9af498e9a083412f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84f4661e093d4d77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23c65a050ae04fd1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PU investment solutions - VALUE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NKM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>323,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>320,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,349</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>319,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>317,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>320,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,325</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>