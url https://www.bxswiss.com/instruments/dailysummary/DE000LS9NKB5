--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e0cfcdcd37b41b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2cc08c0c2064af5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbca7fc84d2644c45"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree7e404209d74f25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refd728a1a99b4b05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbca7fc84d2644c45" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55d89c6f18e7410b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree7e404209d74f25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TRADE BULL</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NKB5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,768</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,609</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>