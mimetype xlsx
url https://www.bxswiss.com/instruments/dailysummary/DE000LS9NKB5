--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2cc08c0c2064af5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad8c5c5a95ee4e1a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree7e404209d74f25"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ff15ffd9ad547eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55d89c6f18e7410b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree7e404209d74f25" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R288b51b62e0e468a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ff15ffd9ad547eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TRADE BULL</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NKB5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>165,609</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,747</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>