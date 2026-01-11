--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad8c5c5a95ee4e1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffde1035c21043c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ff15ffd9ad547eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65f0fc46447a4c16"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R288b51b62e0e468a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ff15ffd9ad547eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac7e44db0c7e41f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65f0fc46447a4c16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TRADE BULL</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NKB5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,078</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,920</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>