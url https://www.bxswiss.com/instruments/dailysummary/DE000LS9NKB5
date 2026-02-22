--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffde1035c21043c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3911ad39b8104a23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65f0fc46447a4c16"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a312d5a7768498a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac7e44db0c7e41f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65f0fc46447a4c16" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra291cc2d5c9e4902" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a312d5a7768498a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TRADE BULL</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NKB5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>175,920</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,149</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>