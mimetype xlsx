--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce943e38a6ba46ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b2302124ab8444a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ed39e2407854be9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc9b53144c334231"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R114c9fd5f875424e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ed39e2407854be9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf1c713d84034992" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc9b53144c334231" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best Opportunity Stock Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NKA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>375,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>382,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>369,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>370,647</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>363,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>366,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>359,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>360,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,024</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>