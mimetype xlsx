--- v1 (2025-10-26)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b2302124ab8444a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6720a7564da349e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc9b53144c334231"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R901a2db630304f4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf1c713d84034992" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc9b53144c334231" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cf23e64b9a94693" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R901a2db630304f4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best Opportunity Stock Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NKA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>386,024</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,097</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>