--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6720a7564da349e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70e5abb6b3824078" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R901a2db630304f4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0644ebbaa40e46fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cf23e64b9a94693" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R901a2db630304f4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36859b188e0d4442" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0644ebbaa40e46fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best Opportunity Stock Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NKA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>330,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>335,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>330,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>335,102</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>313,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>312,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>323,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,219</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>