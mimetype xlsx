--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70e5abb6b3824078" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8ff93f165704487" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0644ebbaa40e46fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bf444ee95004da1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36859b188e0d4442" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0644ebbaa40e46fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ef865ebf52c4e0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bf444ee95004da1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best Opportunity Stock Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NKA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>321,219</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,549</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>