--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8ff93f165704487" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdad47ce7804a44d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bf444ee95004da1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e6ed6840c4f4557"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ef865ebf52c4e0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bf444ee95004da1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R984ccc6726d2473e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e6ed6840c4f4557" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best Opportunity Stock Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NKA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>387,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>388,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>374,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>383,169</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>385,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>404,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>378,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>401,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,003</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>