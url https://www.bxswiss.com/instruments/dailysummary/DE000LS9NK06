--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37bdc6128d8343f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red3abca64b8c4a22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1618e689a86e4523"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd90a195e1b9b4178"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47e1ec0bb1b34b43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1618e689a86e4523" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb8c11a631934d25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd90a195e1b9b4178" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The Game Changer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NK06</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>240,031</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,346</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>