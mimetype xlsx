--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red3abca64b8c4a22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93e4ed7d612c4a28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd90a195e1b9b4178"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R090ce3d3b82849a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb8c11a631934d25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd90a195e1b9b4178" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50a302ced00b4904" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R090ce3d3b82849a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The Game Changer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NK06</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,765</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,316</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>