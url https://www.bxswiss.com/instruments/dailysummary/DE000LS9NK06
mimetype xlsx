--- v2 (2026-01-11)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93e4ed7d612c4a28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b8d6a4523d846b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R090ce3d3b82849a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9512656d32da4130"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50a302ced00b4904" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R090ce3d3b82849a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc7096788a184826" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9512656d32da4130" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The Game Changer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NK06</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,256</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>