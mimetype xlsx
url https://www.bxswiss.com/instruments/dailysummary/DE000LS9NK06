--- v3 (2026-01-12)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b8d6a4523d846b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb751c31541704eb6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9512656d32da4130"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbaa50a07ef844356"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc7096788a184826" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9512656d32da4130" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recdb4c156be2411f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbaa50a07ef844356" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The Game Changer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NK06</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>268,316</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,417</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>