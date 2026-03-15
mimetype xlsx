--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb751c31541704eb6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52ec4566eccf4df8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbaa50a07ef844356"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R993e0798c91a46b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recdb4c156be2411f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbaa50a07ef844356" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8354981b4dd4191" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R993e0798c91a46b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The Game Changer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NK06</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,903</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,334</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>