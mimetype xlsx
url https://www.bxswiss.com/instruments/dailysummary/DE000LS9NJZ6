--- v0 (2025-10-31)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4db8fba7bc6e42e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R061bed31577442aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R057577f900ec48f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c7d5368aa0d4924"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71ef4e11811d4615" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R057577f900ec48f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfedebb390e7b45fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c7d5368aa0d4924" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PS CASHFLOW Wachstums Bullen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NJZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...230 lines deleted...]
-          <x:t>442,237</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>442,949</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.10.2025</x:t>
-[...397 lines deleted...]
-          <x:t>440,565</x:t>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,193</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>