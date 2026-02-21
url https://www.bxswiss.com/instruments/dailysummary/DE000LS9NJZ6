--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R061bed31577442aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R293805e2462b4b3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c7d5368aa0d4924"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc198c8360b3a4be1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfedebb390e7b45fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c7d5368aa0d4924" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4c0b2731dbd4da4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc198c8360b3a4be1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PS CASHFLOW Wachstums Bullen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NJZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>442,193</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,755</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>