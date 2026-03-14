--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R293805e2462b4b3f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2687c6ce581e4141" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc198c8360b3a4be1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R892beaf7e4104b25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4c0b2731dbd4da4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc198c8360b3a4be1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4cb6008f1ee48ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R892beaf7e4104b25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PS CASHFLOW Wachstums Bullen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NJZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>432,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>432,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>431,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>432,209</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>432,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>433,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>431,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>432,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,808</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>