--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf420e54492714c74" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2589e92bbe74073" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R113090eba2e24937"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2832f13f5f7463e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6aaa973178cd465c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R113090eba2e24937" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8dca630d4c914651" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2832f13f5f7463e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Glueck auf</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NJW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,643</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,552</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>