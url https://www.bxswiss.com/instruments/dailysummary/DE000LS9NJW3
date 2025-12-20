--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2589e92bbe74073" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R929108f9bed54bdb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2832f13f5f7463e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bde96f239df475b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8dca630d4c914651" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2832f13f5f7463e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b2f0a97e0134c9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bde96f239df475b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Glueck auf</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NJW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>212,552</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,484</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>