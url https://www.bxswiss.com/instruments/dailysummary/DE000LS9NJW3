--- v2 (2025-12-20)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R929108f9bed54bdb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9b1a1c127ac4e62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bde96f239df475b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53eed09555ed451f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b2f0a97e0134c9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bde96f239df475b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96763cd15c8c424e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53eed09555ed451f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Glueck auf</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NJW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>243,484</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,489</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>