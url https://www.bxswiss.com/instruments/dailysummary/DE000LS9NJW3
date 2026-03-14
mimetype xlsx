--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9b1a1c127ac4e62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf41539e421984269" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53eed09555ed451f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71a889053ccb4aa7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96763cd15c8c424e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53eed09555ed451f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f7b62b2d370439b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71a889053ccb4aa7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Glueck auf</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NJW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,110</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,507</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>