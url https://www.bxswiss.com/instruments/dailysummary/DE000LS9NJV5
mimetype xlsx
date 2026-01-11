--- v0 (2025-11-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26a6783f975e4985" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R998df3d96e224de4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16397a15ed774d5a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4d487ddee5642d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b180a6d7ed242de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16397a15ed774d5a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18e174134a294dcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4d487ddee5642d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MF Investments Selection Div</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NJV5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>189,478</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>