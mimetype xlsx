--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R998df3d96e224de4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88b910c6cee04a36" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4d487ddee5642d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1a5afaa9e374a84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18e174134a294dcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4d487ddee5642d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ffa865967544428" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1a5afaa9e374a84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MF Investments Selection Div</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NJV5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>189,335</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,278</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>