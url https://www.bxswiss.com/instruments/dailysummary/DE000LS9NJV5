--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88b910c6cee04a36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R495e07cfb28247be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1a5afaa9e374a84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a71653acf194385"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ffa865967544428" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1a5afaa9e374a84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47cae5fdcf4e4e36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a71653acf194385" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MF Investments Selection Div</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NJV5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,685</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,914</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>