--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb16af65cb08b40e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f18813ad9ba4f0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d93581aa5334965"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1dcdca1604b4340"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0bf0d824e3b64d8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d93581aa5334965" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c570f44f47e467c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1dcdca1604b4340" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best of Spezialwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NJ25</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...490 lines deleted...]
-          <x:t>88,461</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,900</x:t>
-[...80 lines deleted...]
-          <x:t>86,136</x:t>
+          <x:t>86,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,256</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>87,144</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,140</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>