--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f18813ad9ba4f0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53cfc5e428a54221" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1dcdca1604b4340"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf368c75b0784f31"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c570f44f47e467c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1dcdca1604b4340" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b500fb6223342ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf368c75b0784f31" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best of Spezialwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NJ25</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>08.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,089</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...141 lines deleted...]
-          <x:t>86,723</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,387</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>90,140</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,401</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>