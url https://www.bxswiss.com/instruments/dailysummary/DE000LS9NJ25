--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53cfc5e428a54221" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R885ed3458b0d4cff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf368c75b0784f31"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redfb65090bc746a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b500fb6223342ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf368c75b0784f31" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb00680e954704847" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redfb65090bc746a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best of Spezialwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NJ25</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...350 lines deleted...]
-          <x:t>06.11.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,011</x:t>
-[...279 lines deleted...]
-          <x:t>83,401</x:t>
+          <x:t>87,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,902</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>