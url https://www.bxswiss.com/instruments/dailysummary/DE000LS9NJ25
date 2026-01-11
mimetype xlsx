--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R885ed3458b0d4cff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cf9851723364bcf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redfb65090bc746a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23b9508606624cd5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb00680e954704847" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redfb65090bc746a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2752088463044d67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23b9508606624cd5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best of Spezialwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NJ25</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...176 lines deleted...]
-          <x:t>86,088</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,613</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>28.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,427</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>87,036</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,138</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...220 lines deleted...]
-          <x:t>87,522</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,689</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...168 lines deleted...]
-          <x:t>86,902</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,489</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>