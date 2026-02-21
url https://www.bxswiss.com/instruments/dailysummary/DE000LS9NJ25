--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cf9851723364bcf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4166845927e4181" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23b9508606624cd5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94ba126d383a4a9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2752088463044d67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23b9508606624cd5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6017b521f7144b70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94ba126d383a4a9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best of Spezialwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NJ25</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...117 lines deleted...]
-          <x:t>86,553</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,939</x:t>
-[...323 lines deleted...]
-          <x:t>88,489</x:t>
+          <x:t>84,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,937</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>