--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4166845927e4181" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5f46313960042ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94ba126d383a4a9a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0609c01fa9774d73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6017b521f7144b70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94ba126d383a4a9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6075802f943a40a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0609c01fa9774d73" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best of Spezialwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NJ25</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,110</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,599</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>