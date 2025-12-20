--- v0 (2025-10-03)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re43f8065ab1e4782" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ccf525c3f924249" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf177f27d492b45ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52527b9b55654949"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra570ac1dd88f487c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf177f27d492b45ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b373040af724ada" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52527b9b55654949" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Visionary Companies by Stegamos</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NHX5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>241,319</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>240,407</x:t>
-[...355 lines deleted...]
-          <x:t>255,416</x:t>
+          <x:t>248,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,191</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>