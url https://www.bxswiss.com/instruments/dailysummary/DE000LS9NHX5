--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ccf525c3f924249" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7be33ec7e574e61" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52527b9b55654949"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racc29fd1289247de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b373040af724ada" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52527b9b55654949" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bc8d975ce4f4f77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racc29fd1289247de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Visionary Companies by Stegamos</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NHX5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...203 lines deleted...]
-          <x:t>248,544</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,027</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...397 lines deleted...]
-          <x:t>258,191</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,535</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>