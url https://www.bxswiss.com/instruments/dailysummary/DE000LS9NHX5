--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7be33ec7e574e61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31cd68f9f0b6485d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racc29fd1289247de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a8407cf0ae74512"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bc8d975ce4f4f77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racc29fd1289247de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bc95f33b7c440ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a8407cf0ae74512" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Visionary Companies by Stegamos</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NHX5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>252,535</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,293</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>