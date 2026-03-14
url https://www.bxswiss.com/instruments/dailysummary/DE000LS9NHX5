--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31cd68f9f0b6485d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61a64efa36f84c9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a8407cf0ae74512"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7884cde52c6e4256"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bc95f33b7c440ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a8407cf0ae74512" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raafefa75baf14061" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7884cde52c6e4256" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Visionary Companies by Stegamos</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NHX5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,472</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,789</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>