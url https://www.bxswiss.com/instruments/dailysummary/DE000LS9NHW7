--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc104acfd92bf4445" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21f3e9cdb29b4c6e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reca9240776dd487c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ef1fc9fc0fc4d35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad0fe02f83194032" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reca9240776dd487c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad8be10e4e364775" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ef1fc9fc0fc4d35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NewstradingOD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NHW7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,559 +149,127 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...404 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,545</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...94 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,556</x:t>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,358</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>