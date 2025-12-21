--- v1 (2025-10-26)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21f3e9cdb29b4c6e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70e9f7d447ec4f00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ef1fc9fc0fc4d35"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38d032696e2144f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad8be10e4e364775" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ef1fc9fc0fc4d35" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b68781603e14b7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38d032696e2144f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NewstradingOD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NHW7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>109,358</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,743</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>