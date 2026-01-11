--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70e9f7d447ec4f00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b4ede17309948ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38d032696e2144f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc36ac84d88a94654"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b68781603e14b7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38d032696e2144f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52ec04f33b5949d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc36ac84d88a94654" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NewstradingOD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NHW7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,007</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,862</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>