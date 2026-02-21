--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b4ede17309948ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8789ed7a7934375" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc36ac84d88a94654"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75d3552bb8754ca5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52ec04f33b5949d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc36ac84d88a94654" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91ebf7f1389d481c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75d3552bb8754ca5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NewstradingOD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NHW7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>122,139</x:t>
-[...9 lines deleted...]
-          <x:t>121,862</x:t>
+          <x:t>122,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,441</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>