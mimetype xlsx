--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra27cae3a00844b57" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5189ad5265f34f0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bff8c119b444f79"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R219956687115403a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3766954437b4c7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bff8c119b444f79" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d960dba421c4197" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R219956687115403a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Globale Div-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NHS5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,519 +149,141 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>144,004</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>143,943</x:t>
-[...119 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>144,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>143,777</x:t>
-[...160 lines deleted...]
-        <x:is>
           <x:t>144,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,214</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,447</x:t>
         </x:is>
       </x:c>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,853</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>