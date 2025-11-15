--- v1 (2025-10-24)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5189ad5265f34f0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16b59892ac324dc3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R219956687115403a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14fa221a903f47f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d960dba421c4197" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R219956687115403a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re17c9d025a8340f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14fa221a903f47f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Globale Div-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NHS5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,605</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,724</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>