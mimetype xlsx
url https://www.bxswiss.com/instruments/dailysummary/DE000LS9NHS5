--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16b59892ac324dc3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re51239816fa648be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14fa221a903f47f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e03d9dfaecb4203"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re17c9d025a8340f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14fa221a903f47f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0376321254314d4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e03d9dfaecb4203" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Globale Div-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NHS5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>141,724</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,829</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>