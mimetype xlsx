--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re51239816fa648be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc56da0bfe6354fba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e03d9dfaecb4203"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3675af6a9a04df8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0376321254314d4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e03d9dfaecb4203" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35633504a3024131" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3675af6a9a04df8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Globale Div-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NHS5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>152,829</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,352</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>