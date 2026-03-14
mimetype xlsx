--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc56da0bfe6354fba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffe5ea3ca8fa48b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3675af6a9a04df8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc588f3e4a86440bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35633504a3024131" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3675af6a9a04df8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f53ee4e482c4aff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc588f3e4a86440bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Globale Div-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NHS5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...252 lines deleted...]
-          <x:t>156,256</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>155,286</x:t>
-[...350 lines deleted...]
-          <x:t>154,352</x:t>
+          <x:t>155,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,095</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>