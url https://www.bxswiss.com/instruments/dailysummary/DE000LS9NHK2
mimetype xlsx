--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec07ae1b6871471c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re09ae059b2234700" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b1166766c4e4aed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8f561c6943a4efb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4ddc397c18c46b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b1166766c4e4aed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38dc5cf23c9b4696" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8f561c6943a4efb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Edle Auslese</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NHK2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>118,466</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,063</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>