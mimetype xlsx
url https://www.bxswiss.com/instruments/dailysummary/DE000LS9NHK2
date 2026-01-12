--- v1 (2026-01-11)
+++ v2 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re09ae059b2234700" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R995e2baee0864cd3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8f561c6943a4efb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3722b021c8444276"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38dc5cf23c9b4696" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8f561c6943a4efb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01de87a56b894244" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3722b021c8444276" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Edle Auslese</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NHK2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,589</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>