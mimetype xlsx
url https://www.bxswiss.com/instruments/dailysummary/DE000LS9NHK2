--- v2 (2026-01-12)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R995e2baee0864cd3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb49a1ace1f974ef4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3722b021c8444276"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff49ecbbc3cd47a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01de87a56b894244" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3722b021c8444276" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb43731305443453d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff49ecbbc3cd47a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Edle Auslese</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NHK2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,626 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>116,063</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,036</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>