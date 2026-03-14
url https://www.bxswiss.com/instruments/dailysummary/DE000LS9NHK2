--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb49a1ace1f974ef4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6c978a263b24ebc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff49ecbbc3cd47a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a230177f8da42bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb43731305443453d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff49ecbbc3cd47a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b6ddc26a92a44c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a230177f8da42bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Edle Auslese</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NHK2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,408 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...356 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,042</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -744,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,594</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>