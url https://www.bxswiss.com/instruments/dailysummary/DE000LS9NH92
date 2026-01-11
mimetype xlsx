--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd816ea027cf84599" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cf809db0cff4458" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R166a43aff4e34a27"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26f3641872b6450f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f69bb5521964665" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R166a43aff4e34a27" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ade431e3bff4d68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26f3641872b6450f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Starkes Wachstum - Rule1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NH92</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>154,018</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,159</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>