--- v1 (2026-01-11)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cf809db0cff4458" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb606338f64084b33" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26f3641872b6450f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb055098311e2408e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ade431e3bff4d68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26f3641872b6450f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc80269d74a1548ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb055098311e2408e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Starkes Wachstum - Rule1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NH92</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>149,159</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,099</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>