--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra77d5d76e4834fb7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0244bc56cbd43fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6c53def3f3e4a4e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72d25a167fb14698"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra12dec588e2147cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6c53def3f3e4a4e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4545850a507e4fee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72d25a167fb14698" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Worldwide 30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NH84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>132,481</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,004</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>