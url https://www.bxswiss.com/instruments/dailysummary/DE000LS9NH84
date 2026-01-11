--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0244bc56cbd43fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac7829ac665f48af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72d25a167fb14698"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb30b3b1ab48f4b9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4545850a507e4fee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72d25a167fb14698" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24c6f1d0972f4ae7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb30b3b1ab48f4b9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Worldwide 30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NH84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,627 +149,195 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...377 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>141,755</x:t>
-[...187 lines deleted...]
-        <x:is>
           <x:t>141,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,176</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,483</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,178</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>