--- v2 (2026-01-11)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac7829ac665f48af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R288300826ef2488b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb30b3b1ab48f4b9f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3899bc6a92c64471"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24c6f1d0972f4ae7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb30b3b1ab48f4b9f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R431419c382404861" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3899bc6a92c64471" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Worldwide 30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NH84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,501</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>