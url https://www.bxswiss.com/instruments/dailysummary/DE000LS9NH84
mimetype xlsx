--- v3 (2026-01-12)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R288300826ef2488b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28b48ee70a424bae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3899bc6a92c64471"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R079a97a888b84a06"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R431419c382404861" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3899bc6a92c64471" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b2e96c2ee214b31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R079a97a888b84a06" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Worldwide 30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NH84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,626 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>148,178</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,506</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>