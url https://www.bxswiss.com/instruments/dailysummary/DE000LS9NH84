--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28b48ee70a424bae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb77049dfa8b74599" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R079a97a888b84a06"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd0a8c1a746e4e5b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b2e96c2ee214b31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R079a97a888b84a06" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91534f50242c439f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd0a8c1a746e4e5b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Worldwide 30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NH84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,462 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...410 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,514</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -744,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,922</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,501</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>