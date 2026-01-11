--- v0 (2025-12-21)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ea64d0f7cc74bf7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd508ac3b5bc847bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a26fe63a3c74c8a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R331f89fce44c4a14"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7af0842f5904723" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a26fe63a3c74c8a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1538a99494c9434e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R331f89fce44c4a14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Efficient Firms</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NH19</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,53 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,944</x:t>
@@ -764,31 +339,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,184</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>