--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd508ac3b5bc847bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0da26564cb5049b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R331f89fce44c4a14"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07b4e263af894260"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1538a99494c9434e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R331f89fce44c4a14" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ef768c31e1f4fdf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07b4e263af894260" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Efficient Firms</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NH19</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...357 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>110,533</x:t>
-[...63 lines deleted...]
-          <x:t>110,184</x:t>
+          <x:t>110,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,321</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>