--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0da26564cb5049b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bae706af28946e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07b4e263af894260"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9dedf929175b4ad3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ef768c31e1f4fdf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07b4e263af894260" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38079f3f82814d14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9dedf929175b4ad3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Efficient Firms</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NH19</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,514</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,743</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>