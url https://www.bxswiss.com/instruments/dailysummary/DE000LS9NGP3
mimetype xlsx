--- v0 (2025-10-31)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3aff50bdd3964f15" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22dc43e0f9c84468" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb648690d0ac4d6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64b1a87a220c483f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0161dec47de14394" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb648690d0ac4d6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8d3d76fcfb045db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64b1a87a220c483f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value International Family</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NGP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>126,347</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,536</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.10.2025</x:t>
-[...193 lines deleted...]
-          <x:t>125,822</x:t>
+          <x:t>28.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>125,545</x:t>
-[...200 lines deleted...]
-          <x:t>24.10.2025</x:t>
+          <x:t>127,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>126,251</x:t>
-[...117 lines deleted...]
-          <x:t>123,007</x:t>
+          <x:t>126,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,644</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>