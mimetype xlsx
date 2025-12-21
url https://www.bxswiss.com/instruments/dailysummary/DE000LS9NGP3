--- v1 (2025-12-20)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22dc43e0f9c84468" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb635e44146dd4e35" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64b1a87a220c483f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf711b1e2480b4a99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8d3d76fcfb045db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64b1a87a220c483f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85708e45de9f45bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf711b1e2480b4a99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value International Family</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NGP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,395</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>