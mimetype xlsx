--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb635e44146dd4e35" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe272c07bdb1425c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf711b1e2480b4a99"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfacdd55906a14a85"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85708e45de9f45bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf711b1e2480b4a99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca9032693f854391" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfacdd55906a14a85" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value International Family</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NGP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...220 lines deleted...]
-          <x:t>126,561</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>126,217</x:t>
-[...381 lines deleted...]
-        <x:is>
           <x:t>127,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,034</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>