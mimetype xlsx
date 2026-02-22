--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe272c07bdb1425c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7a6a308dd5b4c85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfacdd55906a14a85"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R408e67245ac34dcd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca9032693f854391" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfacdd55906a14a85" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9926fc0fbebb4cb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R408e67245ac34dcd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value International Family</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NGP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...188 lines deleted...]
-          <x:t>19.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>127,661</x:t>
-[...166 lines deleted...]
-          <x:t>127,039</x:t>
+          <x:t>128,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,418</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>131,034</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,560</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>