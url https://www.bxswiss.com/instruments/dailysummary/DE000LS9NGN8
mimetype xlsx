--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd6f1d1b6b2b48f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree49148491bf4cfa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61bc118bc1814fb3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54d312d021f44c95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R068baff98a5d4130" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61bc118bc1814fb3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e1c854c03444aac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54d312d021f44c95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>unbegründeter abverkauf</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NGN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...284 lines deleted...]
-          <x:t>113,070</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,278</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>116,527</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,851</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>