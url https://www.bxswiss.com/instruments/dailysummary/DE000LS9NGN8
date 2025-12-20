--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree49148491bf4cfa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dfe529fb078435d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54d312d021f44c95"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc62cce4e4a334648"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e1c854c03444aac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54d312d021f44c95" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb6c6a14ce0640ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc62cce4e4a334648" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>unbegründeter abverkauf</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NGN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>112,851</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,373</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>