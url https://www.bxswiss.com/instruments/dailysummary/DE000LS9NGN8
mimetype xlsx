--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dfe529fb078435d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bd0ef842b4b4c4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc62cce4e4a334648"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c6bfeefb7f5489c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb6c6a14ce0640ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc62cce4e4a334648" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb77aa5c2b7be44dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c6bfeefb7f5489c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>unbegründeter abverkauf</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NGN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,603 +149,198 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...311 lines deleted...]
-          <x:t>121,142</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,652</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...231 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,099</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,086</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,231</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>