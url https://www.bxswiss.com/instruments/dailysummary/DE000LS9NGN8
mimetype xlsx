--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bd0ef842b4b4c4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08f2ce4414b448ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c6bfeefb7f5489c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f44e1d68b9244fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb77aa5c2b7be44dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c6bfeefb7f5489c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c5915857d2c48b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f44e1d68b9244fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>unbegründeter abverkauf</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NGN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...269 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>121,365</x:t>
-[...171 lines deleted...]
-          <x:t>123,231</x:t>
+          <x:t>120,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,808</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>