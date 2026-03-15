--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08f2ce4414b448ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf3b588045e543a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f44e1d68b9244fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f08e492126d46f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c5915857d2c48b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f44e1d68b9244fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R489a80cf6b61454a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f08e492126d46f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>unbegründeter abverkauf</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NGN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...215 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>121,062</x:t>
-[...359 lines deleted...]
-        <x:is>
           <x:t>120,057</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,754</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>