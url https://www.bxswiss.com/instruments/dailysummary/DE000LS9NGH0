--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11fbf073454444bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf98269b12b6c4b69" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R502cedbeaf324803"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9844369bc0c44824"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra15257328ba040f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R502cedbeaf324803" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d04b3a9237b4a33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9844369bc0c44824" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bio-Machine-Internet Innovation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NGH0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>247,173</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,539</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>