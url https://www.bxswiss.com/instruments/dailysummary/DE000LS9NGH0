--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf98269b12b6c4b69" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re013c320a8cf497c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9844369bc0c44824"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5bc108c901442f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d04b3a9237b4a33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9844369bc0c44824" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R685f528e35bc4fed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5bc108c901442f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bio-Machine-Internet Innovation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NGH0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>183,539</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,291</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>