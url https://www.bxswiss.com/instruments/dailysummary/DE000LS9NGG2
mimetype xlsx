--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6938ef45a9144f31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90480592d54e4a62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fdb6429f8cf4e10"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R520bca6a19aa4d43"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R674c34fee2744296" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fdb6429f8cf4e10" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8f0bcc961e34eea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R520bca6a19aa4d43" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gipfelstürmer Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NGG2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,487</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,860</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>