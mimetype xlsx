--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90480592d54e4a62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce8da181f15d47a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R520bca6a19aa4d43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb253a1eb1af549e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8f0bcc961e34eea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R520bca6a19aa4d43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2330be514ce467c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb253a1eb1af549e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gipfelstürmer Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NGG2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,561</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,647</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>