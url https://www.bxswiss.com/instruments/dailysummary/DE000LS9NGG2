--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce8da181f15d47a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R311db63edfdb40e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb253a1eb1af549e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0022c9c4eb7e4e7e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2330be514ce467c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb253a1eb1af549e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61b6ebf21f9b4306" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0022c9c4eb7e4e7e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gipfelstürmer Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NGG2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...522 lines deleted...]
-          <x:t>42,927</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,160</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>41,647</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,645</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>