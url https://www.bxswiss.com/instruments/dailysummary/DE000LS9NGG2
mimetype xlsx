--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R311db63edfdb40e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a5ce3291e6a4d62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0022c9c4eb7e4e7e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R178e2e95184e4384"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61b6ebf21f9b4306" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0022c9c4eb7e4e7e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26f3744b9ad4412c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R178e2e95184e4384" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gipfelstürmer Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NGG2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>42,231</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,555</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...573 lines deleted...]
-          <x:t>40,645</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,688</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>