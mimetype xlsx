--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a5ce3291e6a4d62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c4b8216971d4cde" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R178e2e95184e4384"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2af3ed7a2de7487d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26f3744b9ad4412c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R178e2e95184e4384" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd40a8829769a4f43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2af3ed7a2de7487d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gipfelstürmer Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NGG2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>42,688</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,112</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>