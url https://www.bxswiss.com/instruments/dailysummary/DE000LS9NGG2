--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c4b8216971d4cde" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde37b047c5934830" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2af3ed7a2de7487d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0bb86f9db78a44fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd40a8829769a4f43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2af3ed7a2de7487d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafcafac52a4c42c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0bb86f9db78a44fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gipfelstürmer Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NGG2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,000</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,234</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>