--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf7a17c6cabe430c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98038e18a53f4f4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87e62c5819a0466f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R447afbbcefd7470e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce7db0639cb24207" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87e62c5819a0466f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb29815c17214518" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R447afbbcefd7470e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value International Autos</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NGF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>107,716</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,610</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...541 lines deleted...]
-          <x:t>105,956</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,897</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>