--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98038e18a53f4f4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d2ca1e760f64a02" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R447afbbcefd7470e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1af7877f81844155"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb29815c17214518" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R447afbbcefd7470e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17eb1b0068d44bc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1af7877f81844155" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value International Autos</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NGF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,870</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>