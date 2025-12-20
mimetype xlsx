--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d2ca1e760f64a02" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc085b9a29974654" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1af7877f81844155"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33e5955ee1614344"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17eb1b0068d44bc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1af7877f81844155" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc88bc7fb69f74985" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33e5955ee1614344" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value International Autos</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NGF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,528</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,913</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,366</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>