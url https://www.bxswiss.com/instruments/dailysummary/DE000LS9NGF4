--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc085b9a29974654" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7a76ea601f94b55" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33e5955ee1614344"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7d12c4021ee4a91"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc88bc7fb69f74985" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33e5955ee1614344" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c80375643e74412" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7d12c4021ee4a91" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value International Autos</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NGF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,766</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,014</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>