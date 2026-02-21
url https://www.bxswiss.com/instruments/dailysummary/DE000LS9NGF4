--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7a76ea601f94b55" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c4afa96c0d04df3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7d12c4021ee4a91"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33d8081c401d47b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c80375643e74412" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7d12c4021ee4a91" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd849b227fd4848ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33d8081c401d47b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value International Autos</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NGF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...414 lines deleted...]
-          <x:t>106,805</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>106,778</x:t>
-[...26 lines deleted...]
-          <x:t>108,014</x:t>
+          <x:t>104,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,062</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>