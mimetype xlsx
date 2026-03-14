--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c4afa96c0d04df3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfae93a2c88da4d64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33d8081c401d47b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fcce12399694597"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd849b227fd4848ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33d8081c401d47b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4d2ed5dbf3c4b0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fcce12399694597" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value International Autos</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NGF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,546 +149,168 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>106,100</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>106,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,706</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,397</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,538</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>