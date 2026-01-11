--- v0 (2025-11-14)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d87b14ffa584bf6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e58253b3ddd4b5b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcca7cc364e14630"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R702905afded147e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ec6375c06dd4714" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcca7cc364e14630" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redf6e60f43d44530" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R702905afded147e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>All-Over Europe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NGD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>101,159</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,323</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>