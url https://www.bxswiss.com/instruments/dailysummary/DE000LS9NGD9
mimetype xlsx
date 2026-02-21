--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e58253b3ddd4b5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92dfc3bf6da54b7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R702905afded147e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb25bbeaa115441f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redf6e60f43d44530" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R702905afded147e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R500076a199eb4146" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb25bbeaa115441f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>All-Over Europe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NGD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>108,323</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>