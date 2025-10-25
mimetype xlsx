--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89c4e64832814570" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb90a6da39ab446c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e2b158a246d4dbf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09b2cd26626e487f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a20a96251f3463b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e2b158a246d4dbf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc560e38eb8854e06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09b2cd26626e487f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Leading Niche Technologies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NGC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>82,430</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,466</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>84,993</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,998</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>