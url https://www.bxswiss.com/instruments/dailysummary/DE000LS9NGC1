--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb90a6da39ab446c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0626af73f7d544de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09b2cd26626e487f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd62231db0f20425c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc560e38eb8854e06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09b2cd26626e487f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raddca19abb14498a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd62231db0f20425c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Leading Niche Technologies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NGC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>84,357</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,816</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>86,998</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,673</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>