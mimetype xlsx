--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0626af73f7d544de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d9e0fd569a649ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd62231db0f20425c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54170b9d31d94f57"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raddca19abb14498a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd62231db0f20425c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ac30bfa3ea44ec1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54170b9d31d94f57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Leading Niche Technologies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NGC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>81,673</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,570</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>