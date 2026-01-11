--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d9e0fd569a649ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e6e36e45b354f92" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54170b9d31d94f57"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2080638573414bf1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ac30bfa3ea44ec1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54170b9d31d94f57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R944e15536a4346c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2080638573414bf1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Leading Niche Technologies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NGC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...58 lines deleted...]
-          <x:t>75,949</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>73,979</x:t>
-[...544 lines deleted...]
-          <x:t>77,570</x:t>
+          <x:t>76,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,906</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>