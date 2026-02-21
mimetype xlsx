--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e6e36e45b354f92" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6f70f61d38f4d7f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2080638573414bf1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0eef3f999d034752"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R944e15536a4346c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2080638573414bf1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0af1373b2f944f15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0eef3f999d034752" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Leading Niche Technologies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NGC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>75,906</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,798</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>