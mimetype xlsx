--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6f70f61d38f4d7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4dc082b9b8e4370" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0eef3f999d034752"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra51bfb042b8847b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0af1373b2f944f15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0eef3f999d034752" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d48fe65f7a24f7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra51bfb042b8847b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Leading Niche Technologies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NGC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...323 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>60,498</x:t>
-[...306 lines deleted...]
-          <x:t>60,798</x:t>
+          <x:t>60,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,119</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>