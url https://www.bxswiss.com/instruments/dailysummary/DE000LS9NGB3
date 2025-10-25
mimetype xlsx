--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a63c866c2ee4d65" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf178fc52b03f4e70" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c9697e883784fc3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49b3473886fa447e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdab257e953fd4289" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c9697e883784fc3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73550bacca9842be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49b3473886fa447e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rosinen picken</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NGB3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>13,111</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,194</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>14,292</x:t>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,610</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>