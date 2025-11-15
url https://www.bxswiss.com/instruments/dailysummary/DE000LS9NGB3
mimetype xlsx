--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf178fc52b03f4e70" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ce985d622ce4a20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49b3473886fa447e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e082225dffe4355"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73550bacca9842be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49b3473886fa447e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89cfe7f2e22f4206" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e082225dffe4355" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rosinen picken</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NGB3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,812</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,954</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>