--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ce985d622ce4a20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3fb1b0ec08441d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e082225dffe4355"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56aad55d302d4c67"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89cfe7f2e22f4206" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e082225dffe4355" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re85e84b687c44f56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56aad55d302d4c67" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rosinen picken</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NGB3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>11,954</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,356</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>