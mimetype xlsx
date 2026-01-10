--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3fb1b0ec08441d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R455db59c05324c7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56aad55d302d4c67"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56a54f8bf6894ac0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re85e84b687c44f56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56aad55d302d4c67" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcebad491d0434809" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56a54f8bf6894ac0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rosinen picken</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NGB3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,795</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,339</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>