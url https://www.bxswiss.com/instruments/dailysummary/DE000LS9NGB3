--- v4 (2026-01-10)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R455db59c05324c7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e570271817d47c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56a54f8bf6894ac0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03bce32d7570424b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcebad491d0434809" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56a54f8bf6894ac0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb594994c996745af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03bce32d7570424b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rosinen picken</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NGB3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...419 lines deleted...]
-          <x:t>15,597</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,289</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.01.2026</x:t>
-[...46 lines deleted...]
-          <x:t>16,339</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>