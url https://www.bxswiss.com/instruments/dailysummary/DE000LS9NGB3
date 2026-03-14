--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e570271817d47c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fe2f71d67964df9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03bce32d7570424b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f88e387663c4e1f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb594994c996745af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03bce32d7570424b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cb69af7232c4dda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f88e387663c4e1f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rosinen picken</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NGB3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,529 +149,124 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...215 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,047</x:t>
-[...251 lines deleted...]
-        <x:is>
           <x:t>14,798</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,456</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,993</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>