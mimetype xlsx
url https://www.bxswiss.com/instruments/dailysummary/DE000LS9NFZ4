--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6f58857165c4593" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb96d27e4bb464f7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R098113f0ecce48bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8ae3239eeb845ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R956b342afdfe4e52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R098113f0ecce48bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d40640661764e78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8ae3239eeb845ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Discounted Cashflow Bewertung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NFZ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,556 +149,124 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>77,111</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>75,814</x:t>
-[...65 lines deleted...]
-          <x:t>75,913</x:t>
+          <x:t>75,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>75,757</x:t>
-[...312 lines deleted...]
-        <x:is>
           <x:t>75,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>76,103</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>76,041</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,189</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,229</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>