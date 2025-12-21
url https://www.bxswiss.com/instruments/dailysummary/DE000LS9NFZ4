--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb96d27e4bb464f7b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6241f83f01c14859" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8ae3239eeb845ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red25d3662bd94747"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d40640661764e78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8ae3239eeb845ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb023ff991d44b34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red25d3662bd94747" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Discounted Cashflow Bewertung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NFZ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>76,229</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,737</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>