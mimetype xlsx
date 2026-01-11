--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6241f83f01c14859" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8dbce8a7b79f4b75" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red25d3662bd94747"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R817e98209adb4221"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb023ff991d44b34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red25d3662bd94747" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff9f3324e58b472e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R817e98209adb4221" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Discounted Cashflow Bewertung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NFZ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,134</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,011</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>