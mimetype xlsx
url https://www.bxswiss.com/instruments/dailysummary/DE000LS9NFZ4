--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8dbce8a7b79f4b75" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbe78ddbaeb349fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R817e98209adb4221"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ccb80bdd6084110"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff9f3324e58b472e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R817e98209adb4221" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95c7eac3a1cf4539" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ccb80bdd6084110" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Discounted Cashflow Bewertung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NFZ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>81,011</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,934</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>