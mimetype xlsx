--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbe78ddbaeb349fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae6f7f2f2523489d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ccb80bdd6084110"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb85595b4da2f4227"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95c7eac3a1cf4539" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ccb80bdd6084110" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10b7c81c08164b21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb85595b4da2f4227" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Discounted Cashflow Bewertung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NFZ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...220 lines deleted...]
-          <x:t>76,297</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>76,216</x:t>
-[...409 lines deleted...]
-          <x:t>78,934</x:t>
+          <x:t>77,925</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>