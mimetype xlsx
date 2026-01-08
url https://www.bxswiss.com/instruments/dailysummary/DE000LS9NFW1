--- v0 (2025-10-25)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a5c8576c0624d9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9391bd0b59db4d26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4029f1a4dfb74817"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff2825235d4544d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raff3188222754829" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4029f1a4dfb74817" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9129587117734dc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff2825235d4544d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TLAB Tech Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NFW1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...387 lines deleted...]
-          <x:t>123,065</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>122,884</x:t>
-[...242 lines deleted...]
-          <x:t>121,883</x:t>
+          <x:t>123,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,078</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>