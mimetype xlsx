--- v1 (2026-01-08)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9391bd0b59db4d26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11ed813f2db84765" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff2825235d4544d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re106e0b594bd40ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9129587117734dc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff2825235d4544d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d3e0db6c9e64953" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re106e0b594bd40ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TLAB Tech Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NFW1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>126,078</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,861</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>