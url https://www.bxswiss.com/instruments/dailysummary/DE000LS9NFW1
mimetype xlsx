--- v2 (2026-02-22)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11ed813f2db84765" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4e5bbd765664b45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re106e0b594bd40ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b31f85368df4a99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d3e0db6c9e64953" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re106e0b594bd40ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d81b05308554306" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b31f85368df4a99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TLAB Tech Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NFW1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,556 +149,124 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...404 lines deleted...]
-          <x:t>11.02.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>125,493</x:t>
-[...89 lines deleted...]
-        <x:is>
           <x:t>124,512</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,525</x:t>
         </x:is>
       </x:c>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,490</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>